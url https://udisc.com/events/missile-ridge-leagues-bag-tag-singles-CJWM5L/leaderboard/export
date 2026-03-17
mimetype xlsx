--- v0 (2025-10-03)
+++ v1 (2026-03-17)
@@ -1041,51 +1041,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>REG</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>William Smith</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>62</v>
       </c>
       <c r="G7">
         <v>238551</v>
       </c>
       <c r="H7" t="str">
-        <v>eohosiris</v>
+        <v>dgfreshprince</v>
       </c>
       <c r="I7">
         <v>-5</v>
       </c>
       <c r="J7">
         <v>62</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>