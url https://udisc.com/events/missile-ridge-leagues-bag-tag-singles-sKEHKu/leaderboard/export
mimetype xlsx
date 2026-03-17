--- v0 (2025-10-03)
+++ v1 (2026-03-17)
@@ -1507,51 +1507,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>REG</v>
       </c>
       <c r="B12" t="str">
         <v>T8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
         <v>William Smith</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>69</v>
       </c>
       <c r="G12">
         <v>238551</v>
       </c>
       <c r="H12" t="str">
-        <v>eohosiris</v>
+        <v>dgfreshprince</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>69</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>