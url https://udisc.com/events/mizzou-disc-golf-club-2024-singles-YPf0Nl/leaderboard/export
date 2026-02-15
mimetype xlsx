--- v0 (2026-01-24)
+++ v1 (2026-02-15)
@@ -1218,54 +1218,51 @@
       </c>
       <c r="W9">
         <v>5</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>5</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>6</v>
       </c>
       <c r="AB9">
         <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Jack Parker</v>
       </c>
       <c r="E10">
         <v>17</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="H10" t="str">
         <v>parksydiscs</v>
       </c>
       <c r="I10">
         <v>17</v>
       </c>
       <c r="J10">
         <v>62</v>
       </c>
       <c r="K10">
         <v>7</v>
       </c>
       <c r="L10">
         <v>6</v>
       </c>