--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -540,54 +540,51 @@
       </c>
       <c r="X1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Tim Lieder</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
         <v>33</v>
       </c>
       <c r="H2">
         <v>272203</v>
       </c>
       <c r="I2" t="str">
         <v>capnhoppy</v>
       </c>
       <c r="J2">
         <v>1</v>
       </c>
       <c r="K2">
         <v>33</v>
       </c>
@@ -608,498 +605,477 @@
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Emilio Lawlor</v>
+        <v>Austin</v>
       </c>
       <c r="E3">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="F3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G3">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="I3" t="str">
-        <v>sonyes</v>
+        <v>ara1le</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K3">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="L3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Michael Pile</v>
+        <v>DiscVanDyke</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G4">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I4" t="str">
-        <v>hyzersoze77</v>
+        <v>discvandyke07</v>
       </c>
       <c r="J4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K4">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Sean Rogers</v>
+        <v>Emilio Lawlor</v>
       </c>
       <c r="E5">
-        <v>-11</v>
+        <v>-10</v>
       </c>
       <c r="F5">
         <v>2</v>
       </c>
       <c r="G5">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I5" t="str">
-        <v>sproge1</v>
+        <v>sonyes</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
       <c r="K5">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="L5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Halando Calrissian</v>
+        <v>Garion</v>
       </c>
       <c r="E6">
-        <v>-8</v>
+        <v>-5</v>
       </c>
       <c r="F6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G6">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I6" t="str">
-        <v>ninjahalen</v>
+        <v>belgarion89</v>
       </c>
       <c r="J6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K6">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L6">
         <v>6</v>
       </c>
       <c r="M6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Austin</v>
+        <v>Halando Calrissian</v>
       </c>
       <c r="E7">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="F7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G7">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I7" t="str">
-        <v>ara1le</v>
+        <v>ninjahalen</v>
       </c>
       <c r="J7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K7">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>DiscVanDyke</v>
+        <v>Michael Pile</v>
       </c>
       <c r="E8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G8">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I8" t="str">
-        <v>discvandyke07</v>
+        <v>hyzersoze77</v>
       </c>
       <c r="J8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K8">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Garion</v>
+        <v>Sean Rogers</v>
       </c>
       <c r="E9">
-        <v>-5</v>
+        <v>-11</v>
       </c>
       <c r="F9">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G9">
         <v>47</v>
       </c>
       <c r="I9" t="str">
-        <v>belgarion89</v>
+        <v>sproge1</v>
       </c>
       <c r="J9">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K9">
         <v>47</v>
       </c>
       <c r="L9">
         <v>6</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>