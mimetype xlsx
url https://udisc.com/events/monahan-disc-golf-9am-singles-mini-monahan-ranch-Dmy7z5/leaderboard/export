--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -2514,51 +2514,51 @@
       </c>
       <c r="AB24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>WOM</v>
       </c>
       <c r="B25" t="str">
         <v>3</v>
       </c>
       <c r="C25">
         <v>3</v>
       </c>
       <c r="D25" t="str">
         <v>Annika Bohmann</v>
       </c>
       <c r="E25">
         <v>13</v>
       </c>
       <c r="F25">
         <v>68</v>
       </c>
       <c r="H25" t="str">
-        <v>annikabohmann</v>
+        <v>annikamccool1</v>
       </c>
       <c r="I25">
         <v>13</v>
       </c>
       <c r="J25">
         <v>68</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>