--- v1 (2026-01-02)
+++ v2 (2026-02-01)
@@ -1324,50 +1324,53 @@
         <v>4</v>
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>OPEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Caleb Wright</v>
       </c>
       <c r="E11">
         <v>4</v>
       </c>
       <c r="F11">
         <v>59</v>
       </c>
+      <c r="G11">
+        <v>321302</v>
+      </c>
       <c r="H11" t="str">
         <v>cwright</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">