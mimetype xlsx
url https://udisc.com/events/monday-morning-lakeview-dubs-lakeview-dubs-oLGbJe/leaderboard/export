--- v0 (2026-02-01)
+++ v1 (2026-03-11)
@@ -737,51 +737,51 @@
       </c>
       <c r="AD3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Scott Homberg &amp; Seth Poston</v>
       </c>
       <c r="E4">
         <v>-12</v>
       </c>
       <c r="F4">
         <v>48</v>
       </c>
       <c r="H4" t="str">
-        <v>popascott,sethposton</v>
+        <v>popascott,siriusseth</v>
       </c>
       <c r="I4">
         <v>-12</v>
       </c>
       <c r="J4">
         <v>48</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>