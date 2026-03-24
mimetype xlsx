--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -1235,63 +1235,102 @@
       </c>
       <c r="H10" t="str">
         <v>silent808,thenateonater</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DNF</v>
       </c>
       <c r="D11" t="str">
         <v>Benjamin Lehrman</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="H11" t="str">
         <v>blehrman</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K11">
+        <v>4</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>2</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>4</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>5</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>