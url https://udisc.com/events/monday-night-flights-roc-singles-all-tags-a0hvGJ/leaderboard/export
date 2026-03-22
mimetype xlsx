--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -1571,50 +1571,53 @@
         <v>3</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>MA3</v>
       </c>
       <c r="F12" t="str">
         <v>2</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="str">
         <v>Steven McClellan</v>
       </c>
       <c r="I12">
         <v>4</v>
       </c>
       <c r="J12">
         <v>61</v>
       </c>
+      <c r="K12">
+        <v>315375</v>
+      </c>
       <c r="L12" t="str">
         <v>steven854</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>61</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">