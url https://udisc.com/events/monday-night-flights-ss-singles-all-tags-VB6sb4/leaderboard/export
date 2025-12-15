--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -2015,50 +2015,53 @@
         <v>3</v>
       </c>
       <c r="AF16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="E17" t="str">
         <v>MA1</v>
       </c>
       <c r="F17" t="str">
         <v>9</v>
       </c>
       <c r="G17">
         <v>9</v>
       </c>
       <c r="H17" t="str">
         <v>Parker Roe</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17">
         <v>60</v>
       </c>
+      <c r="K17">
+        <v>295064</v>
+      </c>
       <c r="L17" t="str">
         <v>parkerroe</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>60</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">