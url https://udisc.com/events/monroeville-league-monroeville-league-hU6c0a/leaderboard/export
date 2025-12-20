--- v0 (2025-11-19)
+++ v1 (2025-12-20)
@@ -536,75 +536,75 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA1</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Wyatt Jagger</v>
       </c>
       <c r="E2">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F2">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G2">
         <v>138229</v>
       </c>
       <c r="H2" t="str">
         <v>wyattjagger</v>
       </c>
       <c r="I2">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J2">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
@@ -614,62 +614,62 @@
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>5</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>4</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA1</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T1</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Sonjaboi</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
       <c r="H3" t="str">
         <v>sonjaboi</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
         <v>56</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>