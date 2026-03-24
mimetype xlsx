--- v0 (2026-02-16)
+++ v1 (2026-03-24)
@@ -536,54 +536,51 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Danny Walden</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
         <v>24</v>
       </c>
       <c r="G2">
         <v>24906</v>
       </c>
       <c r="H2" t="str">
         <v>holeshot</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>24</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
@@ -595,231 +592,219 @@
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Rueben Rodriguez</v>
+        <v>Megan Walden</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G3">
-        <v>285298</v>
+        <v>132995</v>
       </c>
       <c r="H3" t="str">
-        <v>ruebensb</v>
+        <v>discgolffroggal</v>
       </c>
       <c r="I3">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
         <v>2</v>
       </c>
-      <c r="R3">
-[...1 lines deleted...]
-      </c>
       <c r="S3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Megan Walden</v>
+        <v>Jason Gilmore</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>26</v>
       </c>
       <c r="G4">
-        <v>132995</v>
+        <v>273664</v>
       </c>
       <c r="H4" t="str">
-        <v>discgolffroggal</v>
+        <v>deuce80085</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>26</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Jason Gilmore</v>
+        <v>Rueben Rodriguez</v>
       </c>
       <c r="E5">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G5">
-        <v>273664</v>
+        <v>285298</v>
       </c>
       <c r="H5" t="str">
-        <v>deuce80085</v>
+        <v>ruebensb</v>
       </c>
       <c r="I5">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Brittany Gilmore</v>
       </c>
       <c r="E6">
         <v>8</v>
       </c>
       <c r="F6">
         <v>35</v>
       </c>
       <c r="H6" t="str">
         <v>brittanykay5687</v>
       </c>
       <c r="I6">
         <v>8</v>
       </c>
       <c r="J6">
         <v>35</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>