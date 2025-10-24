--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>chase fitzsimons &amp; Amado Garcia</v>
       </c>
       <c r="E6">
         <v>-11</v>
       </c>
       <c r="F6">
         <v>43</v>
       </c>
       <c r="H6" t="str">
-        <v>chasefitz2,amado1</v>
+        <v>bigputtsbignuts,amado1</v>
       </c>
       <c r="I6">
         <v>-11</v>
       </c>
       <c r="J6">
         <v>43</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>