--- v1 (2025-10-24)
+++ v2 (2025-11-26)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Serafin Pina</v>
       </c>
       <c r="E8">
         <v>-10</v>
       </c>
       <c r="F8">
         <v>44</v>
       </c>
       <c r="H8" t="str">
-        <v>serafin</v>
+        <v>serafinpiña</v>
       </c>
       <c r="I8">
         <v>-10</v>
       </c>
       <c r="J8">
         <v>44</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>