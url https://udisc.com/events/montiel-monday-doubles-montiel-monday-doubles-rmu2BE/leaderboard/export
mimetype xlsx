--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Serafin Pina &amp; Josh brashier</v>
       </c>
       <c r="E6">
         <v>-15</v>
       </c>
       <c r="F6">
         <v>39</v>
       </c>
       <c r="H6" t="str">
-        <v>serafin,joshbrashier</v>
+        <v>serafinpiña,joshbrashier</v>
       </c>
       <c r="I6">
         <v>-15</v>
       </c>
       <c r="J6">
         <v>39</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>