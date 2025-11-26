--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kenny Turbin &amp; Serafin Pina</v>
       </c>
       <c r="E8">
         <v>-11</v>
       </c>
       <c r="F8">
         <v>43</v>
       </c>
       <c r="H8" t="str">
-        <v>kturbin,serafin</v>
+        <v>kturbin,serafinpiña</v>
       </c>
       <c r="I8">
         <v>-11</v>
       </c>
       <c r="J8">
         <v>43</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>