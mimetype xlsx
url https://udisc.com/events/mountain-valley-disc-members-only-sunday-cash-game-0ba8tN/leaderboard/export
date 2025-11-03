--- v0 (2025-10-03)
+++ v1 (2025-11-03)
@@ -798,50 +798,53 @@
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T1</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="str">
         <v>Landyn byars</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>41</v>
       </c>
+      <c r="K5">
+        <v>316815</v>
+      </c>
       <c r="L5" t="str">
         <v>byarslandyn</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
         <v>41</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>5</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">