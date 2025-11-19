--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -2196,50 +2196,53 @@
         <v>4</v>
       </c>
       <c r="AD19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA1</v>
       </c>
       <c r="B20" t="str">
         <v>6</v>
       </c>
       <c r="C20">
         <v>6</v>
       </c>
       <c r="D20" t="str">
         <v>Brent giblin</v>
       </c>
       <c r="E20">
         <v>4</v>
       </c>
       <c r="F20">
         <v>65</v>
       </c>
+      <c r="G20">
+        <v>317645</v>
+      </c>
       <c r="H20" t="str">
         <v>giblinsquad</v>
       </c>
       <c r="I20">
         <v>4</v>
       </c>
       <c r="J20">
         <v>65</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>5</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">