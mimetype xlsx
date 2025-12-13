--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -3654,51 +3654,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA3</v>
       </c>
       <c r="B36" t="str">
         <v>T1</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E36">
         <v>8</v>
       </c>
       <c r="F36">
         <v>69</v>
       </c>
       <c r="G36">
         <v>309463</v>
       </c>
       <c r="H36" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="I36">
         <v>8</v>
       </c>
       <c r="J36">
         <v>69</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>2</v>
       </c>
       <c r="P36">
         <v>4</v>
       </c>