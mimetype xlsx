--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -3012,51 +3012,51 @@
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>1</v>
       </c>
       <c r="C31">
         <v>1</v>
       </c>
       <c r="D31" t="str">
         <v>Sean Scott</v>
       </c>
       <c r="E31">
         <v>12</v>
       </c>
       <c r="F31">
         <v>67</v>
       </c>
       <c r="G31">
         <v>309463</v>
       </c>
       <c r="H31" t="str">
-        <v>franko615</v>
+        <v>sean615</v>
       </c>
       <c r="I31">
         <v>12</v>
       </c>
       <c r="J31">
         <v>67</v>
       </c>
       <c r="K31">
         <v>5</v>
       </c>
       <c r="L31">
         <v>5</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>4</v>
       </c>