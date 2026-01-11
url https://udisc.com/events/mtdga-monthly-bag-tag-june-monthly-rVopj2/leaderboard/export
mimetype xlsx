--- v1 (2025-12-13)
+++ v2 (2026-01-11)
@@ -2250,51 +2250,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA2</v>
       </c>
       <c r="B22" t="str">
         <v>T3</v>
       </c>
       <c r="C22">
         <v>3</v>
       </c>
       <c r="D22" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E22">
         <v>6</v>
       </c>
       <c r="F22">
         <v>61</v>
       </c>
       <c r="G22">
         <v>299041</v>
       </c>
       <c r="H22" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I22">
         <v>6</v>
       </c>
       <c r="J22">
         <v>61</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>