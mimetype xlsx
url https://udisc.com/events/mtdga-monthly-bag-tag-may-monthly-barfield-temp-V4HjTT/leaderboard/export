--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -4873,50 +4873,53 @@
         <v>4</v>
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MA3</v>
       </c>
       <c r="B53" t="str">
         <v>11</v>
       </c>
       <c r="C53">
         <v>11</v>
       </c>
       <c r="D53" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E53">
         <v>8</v>
       </c>
       <c r="F53">
         <v>63</v>
       </c>
+      <c r="G53">
+        <v>306749</v>
+      </c>
       <c r="H53" t="str">
         <v>logans901</v>
       </c>
       <c r="I53">
         <v>8</v>
       </c>
       <c r="J53">
         <v>63</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>4</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">