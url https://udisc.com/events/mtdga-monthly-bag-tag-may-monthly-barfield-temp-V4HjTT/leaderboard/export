--- v1 (2025-11-19)
+++ v2 (2026-01-12)
@@ -4791,51 +4791,51 @@
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MA3</v>
       </c>
       <c r="B52" t="str">
         <v>10</v>
       </c>
       <c r="C52">
         <v>10</v>
       </c>
       <c r="D52" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
         <v>62</v>
       </c>
       <c r="G52">
         <v>299041</v>
       </c>
       <c r="H52" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="I52">
         <v>7</v>
       </c>
       <c r="J52">
         <v>62</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>2</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
         <v>2</v>
       </c>