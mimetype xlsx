--- v0 (2025-11-10)
+++ v1 (2025-12-22)
@@ -2160,227 +2160,230 @@
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
       <c r="AE17">
         <v>2</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
       <c r="AG17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Colin Dyck</v>
+        <v>Wyatt Keltie</v>
       </c>
       <c r="E18">
         <v>-3</v>
       </c>
       <c r="F18">
         <v>63</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>299433</v>
+      </c>
       <c r="I18" t="str">
-        <v>cbdyck</v>
+        <v>wyattbirdies</v>
       </c>
       <c r="J18">
         <v>-3</v>
       </c>
       <c r="K18">
         <v>63</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>2</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
       <c r="AE18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
       <c r="AG18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Wyatt Keltie</v>
+        <v>Colin Dyck</v>
       </c>
       <c r="E19">
         <v>-3</v>
       </c>
       <c r="F19">
         <v>63</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="I19" t="str">
-        <v>wyattbirdies</v>
+        <v>cbdyck</v>
       </c>
       <c r="J19">
         <v>-3</v>
       </c>
       <c r="K19">
         <v>63</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD19">
         <v>3</v>
       </c>
       <c r="AE19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
       <c r="AG19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Aaron Pottinger</v>
       </c>
       <c r="E20">
         <v>-2</v>
       </c>
       <c r="F20">