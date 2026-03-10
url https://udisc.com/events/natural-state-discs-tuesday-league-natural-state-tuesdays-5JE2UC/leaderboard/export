--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -2590,52 +2590,55 @@
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18">
         <v>10</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>T9</v>
       </c>
       <c r="G18">
         <v>9</v>
       </c>
       <c r="H18" t="str">
         <v>Brian Bailey</v>
       </c>
       <c r="I18">
         <v>-9</v>
       </c>
       <c r="J18">
         <v>72</v>
       </c>
+      <c r="K18">
+        <v>321895</v>
+      </c>
       <c r="L18" t="str">
-        <v>brianbdg12</v>
+        <v>spacitydiscgolf</v>
       </c>
       <c r="M18">
         <v>-9</v>
       </c>
       <c r="N18">
         <v>72</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>