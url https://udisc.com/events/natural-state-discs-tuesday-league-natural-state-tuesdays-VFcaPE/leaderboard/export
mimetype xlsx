--- v0 (2025-10-06)
+++ v1 (2026-03-10)
@@ -736,52 +736,55 @@
       </c>
       <c r="C3">
         <v>-5</v>
       </c>
       <c r="D3">
         <v>11</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>T1</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>Brian Bailey</v>
       </c>
       <c r="I3">
         <v>-16</v>
       </c>
       <c r="J3">
         <v>65</v>
       </c>
+      <c r="K3">
+        <v>321895</v>
+      </c>
       <c r="L3" t="str">
-        <v>brianbdg12</v>
+        <v>spacitydiscgolf</v>
       </c>
       <c r="M3">
         <v>-16</v>
       </c>
       <c r="N3">
         <v>65</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>