--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1143,50 +1143,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Tim</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>65</v>
       </c>
+      <c r="G9">
+        <v>312520</v>
+      </c>
       <c r="H9" t="str">
         <v>doctim</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>65</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">