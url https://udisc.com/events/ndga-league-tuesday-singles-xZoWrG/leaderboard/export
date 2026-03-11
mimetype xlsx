--- v0 (2025-10-31)
+++ v1 (2026-03-11)
@@ -1226,50 +1226,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Tim</v>
       </c>
       <c r="E10">
         <v>10</v>
       </c>
       <c r="F10">
         <v>67</v>
       </c>
+      <c r="G10">
+        <v>312520</v>
+      </c>
       <c r="H10" t="str">
         <v>doctim</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10">
         <v>67</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>7</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">