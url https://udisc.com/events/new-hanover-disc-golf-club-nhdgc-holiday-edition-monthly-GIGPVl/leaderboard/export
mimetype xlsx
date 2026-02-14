--- v0 (2025-12-20)
+++ v1 (2026-02-14)
@@ -3697,50 +3697,53 @@
         <v>3</v>
       </c>
       <c r="AL29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Am</v>
       </c>
       <c r="B30" t="str">
         <v>16</v>
       </c>
       <c r="C30">
         <v>16</v>
       </c>
       <c r="D30" t="str">
         <v>Jonathan Bundy</v>
       </c>
       <c r="E30">
         <v>18</v>
       </c>
       <c r="F30">
         <v>111</v>
       </c>
+      <c r="G30">
+        <v>321466</v>
+      </c>
       <c r="H30" t="str">
         <v>jonbundy</v>
       </c>
       <c r="I30">
         <v>18</v>
       </c>
       <c r="J30">
         <v>111</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>5</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">