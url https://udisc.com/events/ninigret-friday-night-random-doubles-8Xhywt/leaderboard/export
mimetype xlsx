--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -539,138 +539,150 @@
       </c>
       <c r="X1" t="str">
         <v>hole_14R</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15W</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16R</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17R</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18W</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Sal Marinelli</v>
+        <v>Devon Cruz &amp; Norman Fitzgerald</v>
       </c>
       <c r="E2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H2" t="str">
-        <v>selvinom</v>
+        <v>bigdiscgoomba,nfitzgerald</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="Q2">
+        <v>2</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Zac keach &amp; Austin Cooper</v>
+        <v>Sam Wepman &amp; Eric Schubert</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H3" t="str">
-        <v>zkeach1199,coop567</v>
+        <v>samwepman,ericschubert</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="Q3">
+        <v>2</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Sam Wepman &amp; Eric Schubert</v>
+        <v>Sal Marinelli</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="H4" t="str">
-        <v>samwepman,ericschubertdg</v>
+        <v>selvinom</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Devon Cruz &amp; Norman Fitzgerald</v>
+        <v>Zac keach &amp; Austin Cooper</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="H5" t="str">
-        <v>bigdiscgoomba,nfitzgerald</v>
+        <v>zkeach1199,coop567</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>