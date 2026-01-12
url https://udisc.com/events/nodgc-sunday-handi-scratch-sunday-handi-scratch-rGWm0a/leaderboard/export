--- v0 (2025-12-19)
+++ v1 (2026-01-12)
@@ -3889,50 +3889,53 @@
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
         <v>-10</v>
       </c>
       <c r="E36" t="str">
         <v>HC</v>
       </c>
       <c r="F36" t="str">
         <v>21</v>
       </c>
       <c r="G36">
         <v>21</v>
       </c>
       <c r="H36" t="str">
         <v>Sam Welty</v>
       </c>
       <c r="I36">
         <v>12</v>
       </c>
       <c r="J36">
         <v>67</v>
       </c>
+      <c r="K36">
+        <v>319873</v>
+      </c>
       <c r="L36" t="str">
         <v>samwelty</v>
       </c>
       <c r="M36">
         <v>12</v>
       </c>
       <c r="N36">
         <v>67</v>
       </c>
       <c r="O36">
         <v>5</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>5</v>
       </c>
       <c r="S36">
         <v>2</v>
       </c>
       <c r="T36">