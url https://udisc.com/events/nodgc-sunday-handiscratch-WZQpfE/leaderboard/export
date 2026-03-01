--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -2817,52 +2817,55 @@
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25">
         <v>-14</v>
       </c>
       <c r="E25" t="str">
         <v>SC</v>
       </c>
       <c r="F25" t="str">
         <v>15</v>
       </c>
       <c r="G25">
         <v>15</v>
       </c>
       <c r="H25" t="str">
         <v>Woody Mulkey</v>
       </c>
       <c r="I25">
         <v>16</v>
       </c>
       <c r="J25">
         <v>74</v>
       </c>
+      <c r="K25">
+        <v>321562</v>
+      </c>
       <c r="L25" t="str">
-        <v>averageschmo</v>
+        <v>ghostline</v>
       </c>
       <c r="M25">
         <v>16</v>
       </c>
       <c r="N25">
         <v>74</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>7</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>5</v>
       </c>