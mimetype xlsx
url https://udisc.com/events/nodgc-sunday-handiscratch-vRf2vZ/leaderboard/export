--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -4625,52 +4625,55 @@
         <v>3</v>
       </c>
       <c r="AF43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="E44" t="str">
         <v>SC</v>
       </c>
       <c r="F44" t="str">
         <v>17</v>
       </c>
       <c r="G44">
         <v>17</v>
       </c>
       <c r="H44" t="str">
         <v>Woody Mulkey</v>
       </c>
       <c r="I44">
         <v>16</v>
       </c>
       <c r="J44">
         <v>72</v>
       </c>
+      <c r="K44">
+        <v>321562</v>
+      </c>
       <c r="L44" t="str">
-        <v>averageschmo</v>
+        <v>ghostline</v>
       </c>
       <c r="M44">
         <v>16</v>
       </c>
       <c r="N44">
         <v>72</v>
       </c>
       <c r="O44">
         <v>4</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
         <v>7</v>
       </c>
       <c r="R44">
         <v>4</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>6</v>
       </c>