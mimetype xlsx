--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -965,188 +965,185 @@
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Justin Rodriguez</v>
+        <v>Justin Crawford</v>
       </c>
       <c r="E7">
         <v>7</v>
       </c>
       <c r="F7">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="G7">
-        <v>117404</v>
+        <v>200419</v>
       </c>
       <c r="H7" t="str">
-        <v>rod512</v>
+        <v>cajunchains</v>
       </c>
       <c r="I7">
         <v>7</v>
       </c>
       <c r="J7">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>8</v>
+        <v>4</v>
+      </c>
+      <c r="T7">
+        <v>5</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>7</v>
+      </c>
+      <c r="X7">
+        <v>2</v>
+      </c>
+      <c r="Y7">
+        <v>5</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>4</v>
+      </c>
+      <c r="AB7">
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Justin Crawford</v>
+        <v>Justin Rodriguez</v>
       </c>
       <c r="E8">
         <v>7</v>
       </c>
       <c r="F8">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="G8">
-        <v>200419</v>
+        <v>117404</v>
       </c>
       <c r="H8" t="str">
-        <v>cajunchains</v>
+        <v>rod512</v>
       </c>
       <c r="I8">
         <v>7</v>
       </c>
       <c r="J8">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
-[...26 lines deleted...]
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>