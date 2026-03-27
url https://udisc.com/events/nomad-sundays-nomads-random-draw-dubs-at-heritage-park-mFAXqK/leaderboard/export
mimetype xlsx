--- v0 (2026-02-16)
+++ v1 (2026-03-27)
@@ -708,188 +708,185 @@
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Jeremy Davidson</v>
+        <v>Big rick &amp; Elijah Gonzales</v>
       </c>
       <c r="E4">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F4">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="H4" t="str">
-        <v>jeshuathadon87</v>
+        <v>bigrick,elishka</v>
       </c>
       <c r="I4">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="J4">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>3</v>
+      </c>
+      <c r="X4">
+        <v>6</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>4</v>
+      </c>
+      <c r="AB4">
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Big rick &amp; Elijah Gonzales</v>
+        <v>Jeremy Davidson</v>
       </c>
       <c r="E5">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F5">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="H5" t="str">
-        <v>bigrick,elishka</v>
+        <v>jeshuathadon87</v>
       </c>
       <c r="I5">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J5">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>