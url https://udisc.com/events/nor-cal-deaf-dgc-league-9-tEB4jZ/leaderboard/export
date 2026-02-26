--- v0 (2025-10-24)
+++ v1 (2026-02-26)
@@ -1288,50 +1288,53 @@
         <v>2</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E10">
         <v>10</v>
       </c>
       <c r="F10">
         <v>70</v>
       </c>
+      <c r="G10">
+        <v>303162</v>
+      </c>
       <c r="H10" t="str">
         <v>draconsky</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10">
         <v>70</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
@@ -1378,51 +1381,51 @@
       </c>
       <c r="AD10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E11">
         <v>12</v>
       </c>
       <c r="F11">
         <v>72</v>
       </c>
       <c r="H11" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I11">
         <v>12</v>
       </c>
       <c r="J11">
         <v>72</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>