--- v0 (2025-10-24)
+++ v1 (2026-02-26)
@@ -988,51 +988,51 @@
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E7">
         <v>19</v>
       </c>
       <c r="F7">
         <v>77</v>
       </c>
       <c r="H7" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I7">
         <v>19</v>
       </c>
       <c r="J7">
         <v>77</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>6</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>