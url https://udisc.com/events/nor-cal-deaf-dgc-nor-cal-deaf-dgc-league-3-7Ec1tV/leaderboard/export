--- v0 (2025-10-24)
+++ v1 (2026-02-26)
@@ -1562,200 +1562,203 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>6</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>DeafStig</v>
+        <v>Jason Kulchinsky</v>
       </c>
       <c r="E14">
         <v>13</v>
       </c>
       <c r="F14">
         <v>68</v>
       </c>
+      <c r="G14">
+        <v>303162</v>
+      </c>
       <c r="H14" t="str">
-        <v>deafstig</v>
+        <v>draconsky</v>
       </c>
       <c r="I14">
         <v>13</v>
       </c>
       <c r="J14">
         <v>68</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Jason Kulchinsky</v>
+        <v>DeafStig</v>
       </c>
       <c r="E15">
         <v>13</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
       <c r="H15" t="str">
-        <v>draconsky</v>
+        <v>deafstig</v>
       </c>
       <c r="I15">
         <v>13</v>
       </c>
       <c r="J15">
         <v>68</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X15">
         <v>4</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Joshua Weinstock</v>
       </c>
       <c r="E16">
         <v>13</v>
       </c>
       <c r="F16">
         <v>68</v>
       </c>
       <c r="H16" t="str">