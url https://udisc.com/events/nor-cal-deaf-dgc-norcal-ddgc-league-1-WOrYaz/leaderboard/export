--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -1277,215 +1277,218 @@
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Corey Brasier</v>
+        <v>Jason Kulchinsky</v>
       </c>
       <c r="E10">
         <v>15</v>
       </c>
       <c r="F10">
         <v>76</v>
       </c>
+      <c r="G10">
+        <v>303162</v>
+      </c>
       <c r="H10" t="str">
-        <v>cbrasier</v>
+        <v>draconsky</v>
       </c>
       <c r="I10">
         <v>15</v>
       </c>
       <c r="J10">
         <v>76</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC10">
         <v>5</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Jason Kulchinsky</v>
+        <v>Corey Brasier</v>
       </c>
       <c r="E11">
         <v>15</v>
       </c>
       <c r="F11">
         <v>76</v>
       </c>
       <c r="H11" t="str">
-        <v>draconsky</v>
+        <v>cbrasier</v>
       </c>
       <c r="I11">
         <v>15</v>
       </c>
       <c r="J11">
         <v>76</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC11">
         <v>5</v>
       </c>
       <c r="AD11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Jeff Bibb</v>
       </c>
       <c r="E12">
         <v>15</v>
       </c>
       <c r="F12">
         <v>76</v>
       </c>
       <c r="H12" t="str">
         <v>bibbdg7</v>
       </c>
       <c r="I12">
@@ -2007,51 +2010,51 @@
       </c>
       <c r="AD17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E18">
         <v>19</v>
       </c>
       <c r="F18">
         <v>80</v>
       </c>
       <c r="H18" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I18">
         <v>19</v>
       </c>
       <c r="J18">
         <v>80</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>5</v>
       </c>
       <c r="M18">
         <v>5</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>