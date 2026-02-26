--- v0 (2025-10-24)
+++ v1 (2026-02-26)
@@ -782,51 +782,51 @@
       <c r="C4">
         <v>-2</v>
       </c>
       <c r="D4">
         <v>-13</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>8</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="str">
         <v>David Simmons</v>
       </c>
       <c r="I4">
         <v>11</v>
       </c>
       <c r="J4">
         <v>72</v>
       </c>
       <c r="L4" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="M4">
         <v>11</v>
       </c>
       <c r="N4">
         <v>72</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
@@ -976,50 +976,53 @@
         <v>4</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
         <v>-11</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>T5</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6">
         <v>71</v>
+      </c>
+      <c r="K6">
+        <v>303162</v>
       </c>
       <c r="L6" t="str">
         <v>draconsky</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="N6">
         <v>71</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>