--- v0 (2025-10-25)
+++ v1 (2026-02-26)
@@ -1909,215 +1909,218 @@
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
       <c r="AC16">
         <v>5</v>
       </c>
       <c r="AD16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>David Simmons</v>
+        <v>Jason Kulchinsky</v>
       </c>
       <c r="E17">
         <v>23</v>
       </c>
       <c r="F17">
         <v>83</v>
       </c>
+      <c r="G17">
+        <v>303162</v>
+      </c>
       <c r="H17" t="str">
-        <v>dsimmons2007</v>
+        <v>draconsky</v>
       </c>
       <c r="I17">
         <v>23</v>
       </c>
       <c r="J17">
         <v>83</v>
       </c>
       <c r="K17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M17">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>5</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB17">
         <v>5</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Jason Kulchinsky</v>
+        <v>David Simmons</v>
       </c>
       <c r="E18">
         <v>23</v>
       </c>
       <c r="F18">
         <v>83</v>
       </c>
       <c r="H18" t="str">
-        <v>draconsky</v>
+        <v>dshark808</v>
       </c>
       <c r="I18">
         <v>23</v>
       </c>
       <c r="J18">
         <v>83</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>5</v>
       </c>
       <c r="T18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB18">
         <v>5</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>David Call</v>
       </c>
       <c r="E19">
         <v>28</v>
       </c>
       <c r="F19">
         <v>88</v>
       </c>
       <c r="H19" t="str">
         <v>davidcallart</v>
       </c>
       <c r="I19">