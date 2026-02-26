--- v0 (2025-11-19)
+++ v1 (2026-02-26)
@@ -1310,200 +1310,203 @@
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>5</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Christipher Monroe Hernandez</v>
+        <v>Jason Kulchinsky</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>59</v>
       </c>
+      <c r="G11">
+        <v>303162</v>
+      </c>
       <c r="H11" t="str">
-        <v>colmckenzky75</v>
+        <v>draconsky</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
-        <v>Jason Kulchinsky</v>
+        <v>Christipher Monroe Hernandez</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="H12" t="str">
-        <v>draconsky</v>
+        <v>colmckenzky75</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12">
         <v>59</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Varma G.</v>
       </c>
       <c r="E13">
         <v>6</v>
       </c>
       <c r="F13">
         <v>60</v>
       </c>
       <c r="H13" t="str">
@@ -1906,51 +1909,51 @@
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>62</v>
       </c>
       <c r="H18" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I18">
         <v>8</v>
       </c>
       <c r="J18">
         <v>62</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>