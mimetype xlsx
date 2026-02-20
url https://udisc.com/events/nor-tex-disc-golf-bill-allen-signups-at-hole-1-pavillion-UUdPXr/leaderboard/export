--- v0 (2025-12-13)
+++ v1 (2026-02-20)
@@ -1310,431 +1310,428 @@
       </c>
       <c r="W10">
         <v>5</v>
       </c>
       <c r="X10">
         <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
+        <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Salvador Robles</v>
+        <v>Ron Sanders</v>
       </c>
       <c r="E11">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="F11">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="G11">
-        <v>81962</v>
+        <v>56896</v>
       </c>
       <c r="H11" t="str">
-        <v>salthebagger</v>
+        <v>rondosanders</v>
       </c>
       <c r="I11">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>2</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>4</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>2</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Ron Sanders</v>
+        <v>Nate Fisher</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>57</v>
       </c>
       <c r="G12">
-        <v>56896</v>
+        <v>109888</v>
       </c>
       <c r="H12" t="str">
-        <v>rondosanders</v>
+        <v>mikehoncho47</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>57</v>
       </c>
       <c r="K12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Nate Fisher</v>
+        <v>Chris Barber</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>57</v>
       </c>
-      <c r="G13">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="str">
-        <v>mikehoncho47</v>
+        <v>cbarber4</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>57</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
-        <v>T11</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Chris Barber</v>
+        <v>Abdiel Sandoval</v>
       </c>
       <c r="E14">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="F14">
-        <v>57</v>
+        <v>63</v>
+      </c>
+      <c r="G14">
+        <v>114624</v>
       </c>
       <c r="H14" t="str">
-        <v>cbarber4</v>
+        <v>abdielsandoval</v>
       </c>
       <c r="I14">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="J14">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>5</v>
       </c>
       <c r="U14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Abdiel Sandoval</v>
+        <v>Salvador Robles</v>
       </c>
       <c r="E15">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="G15">
-        <v>114624</v>
+        <v>81962</v>
       </c>
       <c r="H15" t="str">
-        <v>abdielsandoval</v>
+        <v>salthebagger</v>
       </c>
       <c r="I15">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="J15">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
-      </c>
-[...31 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>William Payne</v>
       </c>
       <c r="E16">
         <v>-8</v>
       </c>
       <c r="F16">