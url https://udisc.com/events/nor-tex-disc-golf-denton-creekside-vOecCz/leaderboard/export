--- v0 (2025-10-21)
+++ v1 (2026-02-20)
@@ -2504,50 +2504,53 @@
         <v>2</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA1</v>
       </c>
       <c r="B25" t="str">
         <v>T7</v>
       </c>
       <c r="C25">
         <v>7</v>
       </c>
       <c r="D25" t="str">
         <v>Michael Murray</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>54</v>
       </c>
+      <c r="G25">
+        <v>319744</v>
+      </c>
       <c r="H25" t="str">
         <v>meekmike</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>54</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
@@ -4964,50 +4967,53 @@
       <c r="AA53">
         <v>4</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA3</v>
       </c>
       <c r="B54" t="str">
         <v>T5</v>
       </c>
       <c r="C54">
         <v>5</v>
       </c>
       <c r="D54" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E54">
         <v>6</v>
       </c>
       <c r="F54">
         <v>60</v>
+      </c>
+      <c r="G54">
+        <v>319039</v>
       </c>
       <c r="H54" t="str">
         <v>moneypityj</v>
       </c>
       <c r="I54">
         <v>6</v>
       </c>
       <c r="J54">
         <v>60</v>
       </c>
       <c r="K54">
         <v>3</v>
       </c>
       <c r="L54">
         <v>4</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
         <v>5</v>
       </c>