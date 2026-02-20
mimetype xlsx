--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -2689,50 +2689,53 @@
         <v>3</v>
       </c>
       <c r="AE23">
         <v>4</v>
       </c>
       <c r="AF23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA1</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
         <v>Michael Murray</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
       <c r="F24">
         <v>13</v>
       </c>
+      <c r="G24">
+        <v>319744</v>
+      </c>
       <c r="H24" t="str">
         <v>meekmike</v>
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="J24">
         <v>13</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="AF24">
         <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA2</v>
       </c>
       <c r="B25" t="str">
         <v>1</v>