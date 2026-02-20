--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -3880,50 +3880,53 @@
         <v>5</v>
       </c>
       <c r="AB40">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA3</v>
       </c>
       <c r="B41" t="str">
         <v>5</v>
       </c>
       <c r="C41">
         <v>5</v>
       </c>
       <c r="D41" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
         <v>62</v>
       </c>
+      <c r="G41">
+        <v>319039</v>
+      </c>
       <c r="H41" t="str">
         <v>moneypityj</v>
       </c>
       <c r="I41">
         <v>8</v>
       </c>
       <c r="J41">
         <v>62</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">