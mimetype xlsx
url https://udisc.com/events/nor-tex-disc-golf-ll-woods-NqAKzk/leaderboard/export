--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -1576,50 +1576,53 @@
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Michael Murray</v>
       </c>
       <c r="E14">
         <v>-4</v>
       </c>
       <c r="F14">
         <v>50</v>
       </c>
+      <c r="G14">
+        <v>319744</v>
+      </c>
       <c r="H14" t="str">
         <v>meekmike</v>
       </c>
       <c r="I14">
         <v>-4</v>
       </c>
       <c r="J14">
         <v>50</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
@@ -4463,50 +4466,53 @@
       <c r="AA47">
         <v>4</v>
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA3</v>
       </c>
       <c r="B48" t="str">
         <v>11</v>
       </c>
       <c r="C48">
         <v>11</v>
       </c>
       <c r="D48" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E48">
         <v>10</v>
       </c>
       <c r="F48">
         <v>64</v>
+      </c>
+      <c r="G48">
+        <v>319039</v>
       </c>
       <c r="H48" t="str">
         <v>moneypityj</v>
       </c>
       <c r="I48">
         <v>10</v>
       </c>
       <c r="J48">
         <v>64</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>2</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>