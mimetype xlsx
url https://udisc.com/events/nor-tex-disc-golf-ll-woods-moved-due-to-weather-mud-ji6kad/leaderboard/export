--- v0 (2025-10-26)
+++ v1 (2026-02-20)
@@ -3447,50 +3447,53 @@
         <v>4</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA3</v>
       </c>
       <c r="B36" t="str">
         <v>9</v>
       </c>
       <c r="C36">
         <v>9</v>
       </c>
       <c r="D36" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E36">
         <v>9</v>
       </c>
       <c r="F36">
         <v>63</v>
       </c>
+      <c r="G36">
+        <v>319039</v>
+      </c>
       <c r="H36" t="str">
         <v>moneypityj</v>
       </c>
       <c r="I36">
         <v>9</v>
       </c>
       <c r="J36">
         <v>63</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>4</v>
       </c>
       <c r="P36">