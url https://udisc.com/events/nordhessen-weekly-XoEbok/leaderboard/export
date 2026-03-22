--- v0 (2026-01-24)
+++ v1 (2026-03-22)
@@ -1828,50 +1828,53 @@
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15">
         <v>-11</v>
       </c>
       <c r="E15" t="str">
         <v>ALL</v>
       </c>
       <c r="F15" t="str">
         <v>T16</v>
       </c>
       <c r="G15">
         <v>16</v>
       </c>
       <c r="H15" t="str">
         <v>Levi Krug</v>
       </c>
       <c r="I15">
         <v>15</v>
       </c>
       <c r="J15">
         <v>71</v>
       </c>
+      <c r="K15">
+        <v>271718</v>
+      </c>
       <c r="L15" t="str">
         <v>blackkrrsantan</v>
       </c>
       <c r="M15">
         <v>15</v>
       </c>
       <c r="N15">
         <v>71</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>5</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
         <v>5</v>
       </c>
       <c r="T15">