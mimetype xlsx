--- v0 (2026-01-24)
+++ v1 (2026-03-22)
@@ -1252,50 +1252,53 @@
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9">
         <v>-9</v>
       </c>
       <c r="E9" t="str">
         <v>ALL</v>
       </c>
       <c r="F9" t="str">
         <v>10</v>
       </c>
       <c r="G9">
         <v>10</v>
       </c>
       <c r="H9" t="str">
         <v>Levi Krug</v>
       </c>
       <c r="I9">
         <v>13</v>
       </c>
       <c r="J9">
         <v>72</v>
       </c>
+      <c r="K9">
+        <v>271718</v>
+      </c>
       <c r="L9" t="str">
         <v>blackkrrsantan</v>
       </c>
       <c r="M9">
         <v>13</v>
       </c>
       <c r="N9">
         <v>72</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">