--- v0 (2026-03-02)
+++ v1 (2026-03-22)
@@ -673,50 +673,53 @@
       </c>
       <c r="C3">
         <v>-4</v>
       </c>
       <c r="D3">
         <v>-10</v>
       </c>
       <c r="E3" t="str">
         <v>ALL</v>
       </c>
       <c r="F3" t="str">
         <v>T6</v>
       </c>
       <c r="G3">
         <v>6</v>
       </c>
       <c r="H3" t="str">
         <v>Levi Krug</v>
       </c>
       <c r="I3">
         <v>6</v>
       </c>
       <c r="J3">
         <v>62</v>
       </c>
+      <c r="K3">
+        <v>271718</v>
+      </c>
       <c r="L3" t="str">
         <v>blackkrrsantan</v>
       </c>
       <c r="M3">
         <v>6</v>
       </c>
       <c r="N3">
         <v>62</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>5</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">