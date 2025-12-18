--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -642,229 +642,232 @@
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Kevin McPeek</v>
+        <v>Kevin Geisel</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>60</v>
       </c>
       <c r="G3">
-        <v>257105</v>
+        <v>119615</v>
       </c>
       <c r="H3" t="str">
-        <v>kevinmcpeek</v>
+        <v>ksgeisel</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>60</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD3">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>T1</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D4" t="str">
-        <v>Kevin Geisel</v>
+        <v>Kevin McPeek</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G4">
-        <v>119615</v>
+        <v>257105</v>
       </c>
       <c r="H4" t="str">
-        <v>ksgeisel</v>
+        <v>kevinmcpeek</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
+      <c r="O4">
+        <v>2</v>
+      </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD4">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Will Flood</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>61</v>
       </c>
       <c r="G5">
         <v>103087</v>
       </c>
       <c r="H5" t="str">
         <v>willfld</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>61</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>