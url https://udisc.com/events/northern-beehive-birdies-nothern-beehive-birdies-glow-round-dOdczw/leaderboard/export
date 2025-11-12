--- v0 (2025-10-19)
+++ v1 (2025-11-12)
@@ -722,52 +722,55 @@
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Arthur Compton</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>49</v>
       </c>
+      <c r="G4">
+        <v>317117</v>
+      </c>
       <c r="H4" t="str">
-        <v>arcompton</v>
+        <v>sk1tz0phr3n1x</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>49</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>