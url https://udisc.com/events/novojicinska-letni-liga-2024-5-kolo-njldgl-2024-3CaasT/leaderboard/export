--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -806,50 +806,53 @@
         <v>6</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FPO</v>
       </c>
       <c r="B7" t="str">
         <v>3</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" t="str">
         <v>Káča</v>
       </c>
       <c r="E7">
         <v>12</v>
       </c>
       <c r="F7">
         <v>41</v>
       </c>
+      <c r="G7">
+        <v>302510</v>
+      </c>
       <c r="H7" t="str">
         <v>ketrinn1303</v>
       </c>
       <c r="I7">
         <v>12</v>
       </c>
       <c r="J7">
         <v>41</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>9</v>
       </c>
       <c r="P7">