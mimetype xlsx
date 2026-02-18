--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -1577,51 +1577,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Buzzz</v>
       </c>
       <c r="B14" t="str">
         <v>T1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E14">
         <v>-5</v>
       </c>
       <c r="F14">
         <v>50</v>
       </c>
       <c r="G14">
         <v>306021</v>
       </c>
       <c r="H14" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I14">
         <v>-5</v>
       </c>
       <c r="J14">
         <v>50</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>