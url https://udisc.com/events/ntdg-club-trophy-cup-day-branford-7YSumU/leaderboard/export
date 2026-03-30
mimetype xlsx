--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -636,50 +636,53 @@
         <v>4</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Rimu</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E3">
         <v>-9</v>
       </c>
       <c r="F3">
         <v>46</v>
       </c>
+      <c r="G3">
+        <v>321500</v>
+      </c>
       <c r="H3" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>46</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">